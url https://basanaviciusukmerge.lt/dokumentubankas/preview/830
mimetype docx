--- v0 (2025-10-20)
+++ v1 (2026-02-04)
@@ -1,855 +1,888 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="39ECAA7D" w14:textId="77777777" w:rsidR="008919D0" w:rsidRPr="00DC33C7" w:rsidRDefault="00D94933" w:rsidP="00DC33C7">
+    <w:p w:rsidR="008B5275" w:rsidRPr="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC33C7">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008B5275">
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Spalio mėnuo gimnazijoje</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="00A865C6" w:rsidRPr="00DC33C7">
+        <w:t>Vasario mėnesį gimnazijoje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">1, 8, 22 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d.d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. 14.30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Nuotoliniai mokymai: „Vizualinio mąstymo strategijos taikymas mokykloje, ugdant mokinių kalbinę raišką, komunikavimą, kritinį mąstymą literatūros pamokose.“*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">1, 8, 15, 29 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d.d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  14.40 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Tiriamųjų ir kūrybinių darbų atlikimas  naudojant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>VilniusTech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> nuotolinio ugdymo platformą „Ateities inžinerija".*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t>2d. Kelionė į Panevėžio STEAM laboratorijas, 2c klasė. Organizuoja karjeros specialistė.*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">5, 6, 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d.d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.  TŪM laborantų mokymai gimnazijos laboratorijoje. *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">5d. –14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. VALENTINO DIENOS paštas! Rašykite meilės laiškus! Organizuoja MP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">6d. 9.50-12.45 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Kosmetikės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> profesija su parodomąja praktika  gimnazijos antrokėms.  Karjeros planavimo renginys. Skaitykla. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t>8d.  Kelionė į Panevėžio STEAM laboratorijas, 2b klasė. Organizuoja karjeros specialistė.*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">        11.40 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.  Prezidento rinkimų debatai. Salė. Organizuoja rinkimų komisija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">9d. 10.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Matematikos olimpiada.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">       14.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Konstitucijos egzaminas kitataučiams. Skaitykla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">12d. 8.30 – 14.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. PREZIDENTO RINKIMAI. II aukštas. Organizuoja rinkimų komisija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">13d. 13.40 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  UŽGAVĖNĖS.  Abi gimnazijos viename kieme! I-II gimnazijos klasės.   14d. 10.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.  Istorijos olimpiada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">         Valentino diena.   Organizuoja MP.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">15d. 9.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. ŠIMTADIENIS, rytinė dalis. 17.30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. vakarinė dalis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">                  Organizuoja  III gimnazijos  klasės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">         10.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Anglų kalbos konkursas 9-10/I-II </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>gimn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. klasėms.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">16d. Vasario 16-oji – Lietuvos valstybės atkūrimo diena. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">             Dalyvaujame miesto bendruomenės renginiuose.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">Mokinių  Žiemos atostogos vasario 19 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. –vasario 23 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51677800" w14:textId="77777777" w:rsidR="00D94933" w:rsidRPr="00DC33C7" w:rsidRDefault="00D94933" w:rsidP="00DC33C7">
-[...238 lines deleted...]
-    <w:sectPr w:rsidR="000A3652" w:rsidRPr="00DC33C7">
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">21d. 9.00 – 16.30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Veiksmingos švietimo lyderystės mokymai. Seminaras gimnazijos skaitykloje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">27d. 17.30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Visuotinis tėvų susirinkimas.  Salė.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">28d.  12.00 – 16.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Veiksmingos švietimo lyderystės mokymai.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">          Nuotolinis seminaras mokytojams.*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:t xml:space="preserve">27-29d.d. Geografijos olimpiada „Mano gaublys“. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">29d. 14.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. MO muziejaus mokymai „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Vilkamirgės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>“ galerijoje. *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA4BCC" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+      <w:r>
+        <w:tab/>
+        <w:t>*TŪM programos veiklos.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00EA4BCC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D94933"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00DC33C7"/>
+    <w:rsidRoot w:val="008B5275"/>
+    <w:rsid w:val="008B5275"/>
+    <w:rsid w:val="00EA4BCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{6CB2A4DF-78DB-46DA-9E75-8BE3B3C1418D}"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1095,68 +1128,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1385</Characters>
+  <Pages>2</Pages>
+  <Words>1287</Words>
+  <Characters>735</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1624</CharactersWithSpaces>
+  <CharactersWithSpaces>2018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kristina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>