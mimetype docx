--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -1,472 +1,1616 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008B5275" w:rsidRPr="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+    <w:p w:rsidR="00574248" w:rsidRPr="001E2D6D" w:rsidRDefault="004519B7" w:rsidP="004519B7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kovo mėnuo gimnazijoje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5B55" w:rsidRPr="001E2D6D" w:rsidRDefault="002A5B55" w:rsidP="00A5011B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71BA5" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 11.05 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Gimnazistų susitikimas su Kovo 11-osios</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8459D" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Lietuvos </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7F21" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nepriklausomybės </w:t>
+      </w:r>
+      <w:r w:rsidR="00C71E9B" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atkūrimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>akto signataru</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE022F" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2D6D" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6CD2" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">driumi </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE022F" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6CD2" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>udžiu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE022F" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Skaitykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E2E7A" w:rsidRPr="001E2D6D" w:rsidRDefault="009E2E7A" w:rsidP="00A5011B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A5011B" w:rsidRPr="001E2D6D" w:rsidRDefault="002A5B55" w:rsidP="00A5011B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 12.10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2E7A" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvių kalbos dienos. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5011B" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Viktorina I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. klasių mokiniams „</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5011B" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gimtųjų žodžių apkabintas aš gyvas kalboje..."</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2E7A" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Organizuoja lietuvių kalbos mokytojos.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2E7A" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E2E7A" w:rsidRPr="001E2D6D" w:rsidRDefault="009E2E7A" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRPr="001E2D6D" w:rsidRDefault="004519B7" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>35-oji Lietuvos mokinių istorijos olimpiada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0072609D" w:rsidRDefault="004519B7" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        12.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Lietuvos Nepriklausomybės atkūrimo dienos minėjimas. Išrinktos mokinių </w:t>
+      </w:r>
+      <w:r w:rsidR="0072609D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0072609D" w:rsidRDefault="0072609D" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="004519B7" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prezidentės </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004519B7" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inauguravimas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004519B7" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71BA5" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004519B7" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizuoja menų, lietuvių kalbos mokytojai, gimnazistų </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRDefault="0072609D" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="004519B7" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saviveiklos kolektyvai, MP.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="008B5275">
-[...7 lines deleted...]
-    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+    </w:p>
+    <w:p w:rsidR="0072609D" w:rsidRDefault="0072609D" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">1, 8, 22 </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>d.d</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">. 14.30 </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 14.00 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>val</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>. Nuotoliniai mokymai: „Vizualinio mąstymo strategijos taikymas mokykloje, ugdant mokinių kalbinę raišką, komunikavimą, kritinį mąstymą literatūros pamokose.“*</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008B5275" w:rsidRDefault="008B5275" w:rsidP="008B5275">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dalyvaujame Ukmergės bendruomenės renginyje;  abiejų gimnazijų </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">1, 8, 15, 29 </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perkusinis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>d.d</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0072609D" w:rsidRPr="001E2D6D" w:rsidRDefault="0072609D" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">.  14.40 </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>flashmob‘as</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir vėliavos nešimas. Dalyvauja I c ir II c klasės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F33FE" w:rsidRPr="001E2D6D" w:rsidRDefault="005F33FE" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A5B55" w:rsidRPr="001E2D6D" w:rsidRDefault="002A5B55" w:rsidP="002A5B55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 9.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>val</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2E7A" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvių kalbos dienos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mini konferencija II </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2E7A" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasių mokiniams „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ukmergės krašto kalbininkai“. Skaitykla. Organizuoja lietuvių kalbos mokytojos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRPr="001E2D6D" w:rsidRDefault="004519B7" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRPr="001E2D6D" w:rsidRDefault="004519B7" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71BA5" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.   8.30 – 14.40 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Klasių </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fotosesija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Salė.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRPr="001E2D6D" w:rsidRDefault="004519B7" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00083A01" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvių kalbos dienos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Knygnešio diena.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5B55" w:rsidRPr="001E2D6D" w:rsidRDefault="002A5B55" w:rsidP="002A5B55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kūrybinis animacijos konkursas III-IV </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2E7A" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasių mokiniams „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tylieji </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prometėjai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“, skirtas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>knygnešystės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fenomenui . Organizuoja lietuvių kalbos ir socialinių mokslų  mokytojos, I-IV </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Mokiniai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00221A04" w:rsidRPr="001E2D6D" w:rsidRDefault="00221A04" w:rsidP="002A5B55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00221A04" w:rsidRPr="001E2D6D" w:rsidRDefault="00221A04" w:rsidP="002A5B55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20d. 17.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Projekto  „Žalgiris tavo mokykloje“  išvyka į varžybų peržiūrą Žalgirio arenoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRPr="001E2D6D" w:rsidRDefault="004519B7" w:rsidP="004519B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRPr="001E2D6D" w:rsidRDefault="002A5B55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71BA5" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 12.00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>val</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00362A7F" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00362A7F" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atvirų durų diena. </w:t>
+      </w:r>
+      <w:r w:rsidR="004519B7" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C43A4" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizuoja administracija, dalykų mokytojai, MP.</w:t>
+      </w:r>
+      <w:r w:rsidR="004519B7" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E2E7A" w:rsidRDefault="009E2E7A" w:rsidP="009E2E7A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kovo 6/13/20 dienos skirtos antrokų profesiniam pažintiniam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklinimui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. UTVM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E2D6D" w:rsidRPr="001E2D6D" w:rsidRDefault="001E2D6D" w:rsidP="009E2E7A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">. Tiriamųjų ir kūrybinių darbų atlikimas  naudojant </w:t>
-[...33 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kovo mėnesį vyksta integruotos dorinio ugdymo ir socialinės pedagogės pamokos, skirtos sąmoningumo mėnesiui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E2E7A" w:rsidRPr="001E2D6D" w:rsidRDefault="009E2E7A" w:rsidP="009E2E7A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004519B7" w:rsidRPr="001E2D6D" w:rsidRDefault="00362A7F" w:rsidP="00362A7F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kovo 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...12 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. – balandžio 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  I-II </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimn.klasių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  mokinių atostogos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362A7F" w:rsidRPr="001E2D6D" w:rsidRDefault="00362A7F" w:rsidP="00362A7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00362A7F" w:rsidRPr="001E2D6D" w:rsidRDefault="00362A7F" w:rsidP="00362A7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kitos olimpiados ir konkursai  kovo mėnesį:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362A7F" w:rsidRPr="001E2D6D" w:rsidRDefault="00362A7F" w:rsidP="00362A7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71BA5" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 38-oji Lietuvos mokinių geografijos olimpiada. Šilo progimnazijoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362A7F" w:rsidRPr="001E2D6D" w:rsidRDefault="00362A7F" w:rsidP="00362A7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71BA5" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Tarptautinis matematikos konkursas KENGŪRA.  Mokyklose, kurios pasirinko dalyvauti konkurse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF1D19" w:rsidRPr="001E2D6D" w:rsidRDefault="00AF1D19" w:rsidP="00362A7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...258 lines deleted...]
-    <w:sectPr w:rsidR="00EA4BCC">
+      <w:r w:rsidR="009E2E7A" w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>acionalinis mokinių Č.Kudabos geografijos konkursas.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00AF1D19" w:rsidRPr="001E2D6D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008B5275"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EA4BCC"/>
+    <w:rsidRoot w:val="004519B7"/>
+    <w:rsid w:val="00083A01"/>
+    <w:rsid w:val="000C43A4"/>
+    <w:rsid w:val="001E2D6D"/>
+    <w:rsid w:val="00221A04"/>
+    <w:rsid w:val="002A5B55"/>
+    <w:rsid w:val="00362A7F"/>
+    <w:rsid w:val="004519B7"/>
+    <w:rsid w:val="004D6854"/>
+    <w:rsid w:val="00574248"/>
+    <w:rsid w:val="005B7C68"/>
+    <w:rsid w:val="005F33FE"/>
+    <w:rsid w:val="0072609D"/>
+    <w:rsid w:val="008F7F21"/>
+    <w:rsid w:val="009E2E7A"/>
+    <w:rsid w:val="00A5011B"/>
+    <w:rsid w:val="00A8459D"/>
+    <w:rsid w:val="00AE6633"/>
+    <w:rsid w:val="00AE6CD2"/>
+    <w:rsid w:val="00AF1D19"/>
+    <w:rsid w:val="00C7018B"/>
+    <w:rsid w:val="00C71E9B"/>
+    <w:rsid w:val="00D71BA5"/>
+    <w:rsid w:val="00DC7667"/>
+    <w:rsid w:val="00DE022F"/>
+    <w:rsid w:val="00E92BBB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -833,50 +1977,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1130,66 +2275,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>735</Characters>
+  <Pages>1</Pages>
+  <Words>1256</Words>
+  <Characters>716</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2018</CharactersWithSpaces>
+  <CharactersWithSpaces>1969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kristina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>